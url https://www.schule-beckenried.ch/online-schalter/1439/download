--- v0 (2025-10-24)
+++ v1 (2026-03-16)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11754" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5670"/>
         <w:gridCol w:w="6084"/>
       </w:tblGrid>
       <w:tr w:rsidR="007060FE" w:rsidRPr="007060FE" w14:paraId="25DA8C8C" w14:textId="77777777" w:rsidTr="00864BC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47F6E09A" w14:textId="77777777" w:rsidR="007060FE" w:rsidRPr="007060FE" w:rsidRDefault="007060FE" w:rsidP="0052167F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="65134371" w14:textId="77777777" w:rsidR="007060FE" w:rsidRPr="00D026B0" w:rsidRDefault="007060FE" w:rsidP="0052167F">
@@ -1069,56 +1069,56 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00CB6BC8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Einzelunterricht 30 Min.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BF8E535" w14:textId="77777777" w:rsidR="00F13679" w:rsidRPr="00CB6BC8" w:rsidRDefault="00F13679" w:rsidP="00AF3D46">
@@ -1128,109 +1128,109 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00CB6BC8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Einzelunterricht 45 Min.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13619A16" w14:textId="27F5E9C0" w:rsidR="00F13679" w:rsidRPr="00CB6BC8" w:rsidRDefault="00F13679" w:rsidP="00AF3D46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00CB6BC8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00CB6BC8">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Gruppenunterricht</w:t>
             </w:r>
             <w:r w:rsidRPr="0014279B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002C3D27">
               <w:rPr>
@@ -2114,169 +2114,168 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AD96D3C" w14:textId="72405702" w:rsidR="00864BC3" w:rsidRDefault="00864BC3" w:rsidP="00183AFA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A2792BD" w14:textId="039FF728" w:rsidR="007060FE" w:rsidRPr="002C3D27" w:rsidRDefault="007060FE" w:rsidP="00183AFA">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C3D27">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Anmeldungen</w:t>
       </w:r>
       <w:r w:rsidR="0052167F" w:rsidRPr="002C3D27">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sind auch online</w:t>
       </w:r>
       <w:r w:rsidR="00A50C9E" w:rsidRPr="002C3D27">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> möglich </w:t>
       </w:r>
       <w:r w:rsidRPr="002C3D27">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="002C3D27">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>www.schule-beckenried.ch</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="007060FE" w:rsidRPr="002C3D27" w:rsidSect="00864BC3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18077333"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC7E37A8"/>
     <w:lvl w:ilvl="0" w:tplc="08070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2639,135 +2638,137 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2125073380">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1308969872">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1528828402">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007060FE"/>
     <w:rsid w:val="000124EC"/>
     <w:rsid w:val="0014279B"/>
     <w:rsid w:val="00183AFA"/>
     <w:rsid w:val="001C790A"/>
     <w:rsid w:val="002128CA"/>
     <w:rsid w:val="00294246"/>
     <w:rsid w:val="002A611E"/>
     <w:rsid w:val="002C3D27"/>
     <w:rsid w:val="0037738D"/>
     <w:rsid w:val="0043359C"/>
     <w:rsid w:val="00455584"/>
     <w:rsid w:val="00465D14"/>
     <w:rsid w:val="0052167F"/>
     <w:rsid w:val="00523DD7"/>
     <w:rsid w:val="00531D0D"/>
     <w:rsid w:val="005701A9"/>
     <w:rsid w:val="005E3D50"/>
     <w:rsid w:val="0060288A"/>
     <w:rsid w:val="00670FAB"/>
     <w:rsid w:val="007060FE"/>
     <w:rsid w:val="007C3ABE"/>
     <w:rsid w:val="00864BC3"/>
     <w:rsid w:val="00952657"/>
     <w:rsid w:val="00985177"/>
     <w:rsid w:val="00A50C9E"/>
     <w:rsid w:val="00B2500A"/>
     <w:rsid w:val="00C07D05"/>
     <w:rsid w:val="00C3303C"/>
     <w:rsid w:val="00CB6BC8"/>
     <w:rsid w:val="00D026B0"/>
     <w:rsid w:val="00D2039E"/>
     <w:rsid w:val="00DC1C22"/>
+    <w:rsid w:val="00ED400B"/>
     <w:rsid w:val="00F13679"/>
     <w:rsid w:val="00F23699"/>
+    <w:rsid w:val="00FB7248"/>
     <w:rsid w:val="00FF6047"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="44993999"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{44234583-4214-43F0-8353-6CA3DFCD5374}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3249,51 +3250,51 @@
     <w:rsid w:val="00FF6047"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.schule-beckenried.ch/musikschule/1007" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.schule-beckenried.ch/musikschule/1007" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>